--- v0 (2025-10-05)
+++ v1 (2025-12-07)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="28">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -70,50 +70,74 @@
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Uilson Robson Silva Alves</t>
   </si>
   <si>
     <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_ordinaria_municipal_no_013-2025_-_atualizacao_do_piso_salarial_dos_professores.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a atualização progressiva do piso salarial profissional e reajuste dos vencimentos dos profissionais efetivos do magistério da educação escolar básica do município de Barra da Estiva, estado da Bahia, e dá outras providências."</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei_ordinaria_municipal_no_014-2025_-_prorroga_o_pme.pdf</t>
   </si>
   <si>
     <t>"Prorroga, até 31 de dezembro de 2025 a vigência do Plano Municipal de Educação, estabelecido pela Lei Municipal nº 003, de 14 de abril de 2014."</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_lei_ordinaria_municipal_no_026-2025_-_credito_especial_escola_tempo_integral.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Chefe do Poder Executivo Municipal a abrir Crédito Especial para inclusão da Fonte de Recursos 546 - Transferências do FUNDEB - Complementação da União - Escola em Tempo Integral (ETI), e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_lei_ordinaria_municipal_no_027-2025_-_institui_a_politica_de_alfabetizacao_na_rede_publica_de_ensino.pdf</t>
+  </si>
+  <si>
+    <t>"Institui a política de Alfabetização na Rede Pública de Ensino do município de Barra da Estiva, e dá outras providências."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -417,68 +441,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_ordinaria_municipal_no_013-2025_-_atualizacao_do_piso_salarial_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei_ordinaria_municipal_no_014-2025_-_prorroga_o_pme.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_ordinaria_municipal_no_013-2025_-_atualizacao_do_piso_salarial_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei_ordinaria_municipal_no_014-2025_-_prorroga_o_pme.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_lei_ordinaria_municipal_no_026-2025_-_credito_especial_escola_tempo_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_lei_ordinaria_municipal_no_027-2025_-_institui_a_politica_de_alfabetizacao_na_rede_publica_de_ensino.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="166.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="183.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="212.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -516,54 +540,108 @@
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H5" t="s">
+        <v>27</v>
+      </c>
+    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>