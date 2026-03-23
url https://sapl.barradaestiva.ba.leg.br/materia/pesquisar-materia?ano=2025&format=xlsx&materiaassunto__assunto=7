--- v1 (2025-12-07)
+++ v2 (2026-03-23)
@@ -54,87 +54,87 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Uilson Robson Silva Alves</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_ordinaria_municipal_no_013-2025_-_atualizacao_do_piso_salarial_dos_professores.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_ordinaria_municipal_no_013-2025_-_atualizacao_do_piso_salarial_dos_professores.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a atualização progressiva do piso salarial profissional e reajuste dos vencimentos dos profissionais efetivos do magistério da educação escolar básica do município de Barra da Estiva, estado da Bahia, e dá outras providências."</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei_ordinaria_municipal_no_014-2025_-_prorroga_o_pme.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei_ordinaria_municipal_no_014-2025_-_prorroga_o_pme.pdf</t>
   </si>
   <si>
     <t>"Prorroga, até 31 de dezembro de 2025 a vigência do Plano Municipal de Educação, estabelecido pela Lei Municipal nº 003, de 14 de abril de 2014."</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_lei_ordinaria_municipal_no_026-2025_-_credito_especial_escola_tempo_integral.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_lei_ordinaria_municipal_no_026-2025_-_credito_especial_escola_tempo_integral.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Chefe do Poder Executivo Municipal a abrir Crédito Especial para inclusão da Fonte de Recursos 546 - Transferências do FUNDEB - Complementação da União - Escola em Tempo Integral (ETI), e dá outras providências”.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_lei_ordinaria_municipal_no_027-2025_-_institui_a_politica_de_alfabetizacao_na_rede_publica_de_ensino.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_lei_ordinaria_municipal_no_027-2025_-_institui_a_politica_de_alfabetizacao_na_rede_publica_de_ensino.pdf</t>
   </si>
   <si>
     <t>"Institui a política de Alfabetização na Rede Pública de Ensino do município de Barra da Estiva, e dá outras providências."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -441,68 +441,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_ordinaria_municipal_no_013-2025_-_atualizacao_do_piso_salarial_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei_ordinaria_municipal_no_014-2025_-_prorroga_o_pme.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_lei_ordinaria_municipal_no_026-2025_-_credito_especial_escola_tempo_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_lei_ordinaria_municipal_no_027-2025_-_institui_a_politica_de_alfabetizacao_na_rede_publica_de_ensino.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_ordinaria_municipal_no_013-2025_-_atualizacao_do_piso_salarial_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei_ordinaria_municipal_no_014-2025_-_prorroga_o_pme.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_lei_ordinaria_municipal_no_026-2025_-_credito_especial_escola_tempo_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_lei_ordinaria_municipal_no_027-2025_-_institui_a_politica_de_alfabetizacao_na_rede_publica_de_ensino.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="183.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="183" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="212.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>