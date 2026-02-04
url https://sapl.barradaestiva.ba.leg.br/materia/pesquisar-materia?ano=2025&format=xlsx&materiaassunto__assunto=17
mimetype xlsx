--- v0 (2025-12-08)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="132">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -321,81 +321,135 @@
   <si>
     <t>157</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/157/projeto_de_lei_ordinaria_municipal_no_024-2025_-_doacao_do_veiculo_cronos_ao_municipio.pdf</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Antônio Lopes, Gilson Dantas, Janiel Cordeiro, Marlon da Academia</t>
   </si>
   <si>
     <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_ordinaria_municipal_no_025-2025_-_regulamenta_titulo_de_cidadao_e_benemerito.pdf</t>
   </si>
   <si>
     <t>“Regulamenta a concessão de título de Cidadão Barra-estivense e Cidadão Benemérito a serem concedidos pelo Poder Legislativo Municipal, e dá outras providências.”</t>
   </si>
   <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>Antônio Lopes</t>
+  </si>
+  <si>
+    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_lei_ordinaria_municipal_no_028-2025_-_alteracao_de_denominacao_de_rua_no_centro_-_rua_fausto_caires.pdf</t>
+  </si>
+  <si>
+    <t>"Altera a denominação da Avenida Durvalquíades Aguiar Caires, no bairro Centro, situado no perímetro urbano do Município, passando a ser denominada Rua Fausto Caires, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>Fabrício Viana, Janiel Cordeiro</t>
+  </si>
+  <si>
+    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/165/projeto_de_lei_ordinaria_municipal_no_029-2025_-_alteracao_de_denominacao_de_rua_no_sao_felix_-_rua_decivaldo_cordeiro_caires.pdf</t>
+  </si>
+  <si>
+    <t>“Altera a denominação da Rua Duque de Caxias, no bairro São Félix, zona urbana do Município, passando a ser denominada Avenida Decivaldo Cordeiro Caires, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/166/projeto_de_lei_ordinaria_municipal_no_030-2025_-_alteracao_de_denominacao_de_rua_no_anel_viario_-_avenida_pericles_de_castro_pires.pdf</t>
+  </si>
+  <si>
+    <t>“Altera a denominação da Avenida Ires Vieira de Castro Pires, no trecho pavimentado da BA - Ana Lúcia Aguiar Viana, no perímetro urbano desse Município, passando a ser denominada Avenida Péricles de Castro Pires, e dá outras providências.”</t>
+  </si>
+  <si>
     <t>159</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_no_001-2025_-_institui_o_codigo_de_etica_e_decoro_parlamentar.pdf</t>
   </si>
   <si>
     <t>“Institui o Código de Ética e Decoro Parlamentar da Câmara Municipal de Barra da Estiva, estado da Bahia, estabelece normas disciplinares e procedimentais, e dá outras providências.”</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_resolucao_no_002-2025_-_institui_o_novo_regimento_interno_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>"Institui o Novo Regimento Interno da Câmara Municipal de Barra da Estiva – BA, e dá outras providências."</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>Antônio Lopes, Fabrício Viana, Janiel Cordeiro, Marlon da Academia</t>
   </si>
   <si>
     <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_resolucao_no_003-2025_-_institui_o_novo_regimento_interno_da_camara_municipal.pdf</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>Fabrício Viana</t>
+  </si>
+  <si>
+    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/167/projeto_de_resolucao_no_004-2025_-_concesssao_de_titulo_de_cidadao_barra-estivense_ao_senador_coronel.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a concessão do Título de Cidadão Barra-estivense ao Exmo. Sr. Senador Angelo Mário Coronel de Azevedo Martins, e dá outras providências.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -699,68 +753,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/132/emenda_ao_regimento_interno_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/130/projeto_de_lei_ordinaria_municipal_no_001-2025_-_alteracao_da_lei_municipal_no_007-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/131/projeto_de_lei_ordinaria_municipal_no_002-2025_-_doacao_do_veiculo_ao_municipio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/133/projeto_de_lei_ordinaria_municipal_no_003-2025_-_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/134/projeto_de_lei_ordinaria_municipal_no_004-2025_-_autorizacao_de_convenios_e_contratos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_ordinaria_municipal_no_005-2025_-_complementacao_de_vencimentos_aos_servidores_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/136/projeto_de_lei_ordinaria_municipal_no_006-2025_-_convenio_da_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/137/projeto_de_lei_ordinaria_municipal_no_007-2025_-_convenio_da_sociedade_espirita_bezerra_de_meneses.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_lei_ordinaria_municipal_no_008-2025_-_institui_os_componentes_municipais_do_sisan.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_lei_ordinaria_municipal_no_009-2025_-_cria_o_programa_avanca_eja.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_lei_ordinaria_municipal_no_010-2025_-_autoriza_o_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_ordinaria_municipal_no_011-2025_-_consorcio_da_saude_de_brumado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/142/projeto_de_lei_ordinaria_municipal_no_012-2025_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei_ordinaria_municipal_no_014-2025_-_prorroga_o_pme.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_ordinaria_municipal_no_015-2025_-_doacao_do_veiculo_cronos_ao_municipio.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_ordinaria_municipal_no_016-2025_-_alteracao_de_denominacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_ordinaria_municipal_no_017-2025_-_denominacao_de_quadra_no_pe_do_morro.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_ordinaria_municipal_no_019-2025_-_reestruturacao_organizacional_administrativa_do_municipio_de_barra_da_estiva.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/154/projeto_de_lei_ordinaria_municipal_no_021-2025_-_denominacao_do_trecho_da_ba-ana_lucia.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/156/projeto_de_lei_ordinaria_municipal_no_023-2025_-_estrutura_administrativa_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/157/projeto_de_lei_ordinaria_municipal_no_024-2025_-_doacao_do_veiculo_cronos_ao_municipio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_ordinaria_municipal_no_025-2025_-_regulamenta_titulo_de_cidadao_e_benemerito.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_no_001-2025_-_institui_o_codigo_de_etica_e_decoro_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_resolucao_no_002-2025_-_institui_o_novo_regimento_interno_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_resolucao_no_003-2025_-_institui_o_novo_regimento_interno_da_camara_municipal.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/132/emenda_ao_regimento_interno_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/130/projeto_de_lei_ordinaria_municipal_no_001-2025_-_alteracao_da_lei_municipal_no_007-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/131/projeto_de_lei_ordinaria_municipal_no_002-2025_-_doacao_do_veiculo_ao_municipio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/133/projeto_de_lei_ordinaria_municipal_no_003-2025_-_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/134/projeto_de_lei_ordinaria_municipal_no_004-2025_-_autorizacao_de_convenios_e_contratos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_ordinaria_municipal_no_005-2025_-_complementacao_de_vencimentos_aos_servidores_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/136/projeto_de_lei_ordinaria_municipal_no_006-2025_-_convenio_da_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/137/projeto_de_lei_ordinaria_municipal_no_007-2025_-_convenio_da_sociedade_espirita_bezerra_de_meneses.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_lei_ordinaria_municipal_no_008-2025_-_institui_os_componentes_municipais_do_sisan.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_lei_ordinaria_municipal_no_009-2025_-_cria_o_programa_avanca_eja.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_lei_ordinaria_municipal_no_010-2025_-_autoriza_o_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_ordinaria_municipal_no_011-2025_-_consorcio_da_saude_de_brumado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/142/projeto_de_lei_ordinaria_municipal_no_012-2025_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei_ordinaria_municipal_no_014-2025_-_prorroga_o_pme.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_ordinaria_municipal_no_015-2025_-_doacao_do_veiculo_cronos_ao_municipio.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_ordinaria_municipal_no_016-2025_-_alteracao_de_denominacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_ordinaria_municipal_no_017-2025_-_denominacao_de_quadra_no_pe_do_morro.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_ordinaria_municipal_no_019-2025_-_reestruturacao_organizacional_administrativa_do_municipio_de_barra_da_estiva.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/154/projeto_de_lei_ordinaria_municipal_no_021-2025_-_denominacao_do_trecho_da_ba-ana_lucia.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/156/projeto_de_lei_ordinaria_municipal_no_023-2025_-_estrutura_administrativa_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/157/projeto_de_lei_ordinaria_municipal_no_024-2025_-_doacao_do_veiculo_cronos_ao_municipio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_ordinaria_municipal_no_025-2025_-_regulamenta_titulo_de_cidadao_e_benemerito.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_lei_ordinaria_municipal_no_028-2025_-_alteracao_de_denominacao_de_rua_no_centro_-_rua_fausto_caires.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/165/projeto_de_lei_ordinaria_municipal_no_029-2025_-_alteracao_de_denominacao_de_rua_no_sao_felix_-_rua_decivaldo_cordeiro_caires.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/166/projeto_de_lei_ordinaria_municipal_no_030-2025_-_alteracao_de_denominacao_de_rua_no_anel_viario_-_avenida_pericles_de_castro_pires.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_no_001-2025_-_institui_o_codigo_de_etica_e_decoro_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_resolucao_no_002-2025_-_institui_o_novo_regimento_interno_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_resolucao_no_003-2025_-_institui_o_novo_regimento_interno_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/167/projeto_de_resolucao_no_004-2025_-_concesssao_de_titulo_de_cidadao_barra-estivense_ao_senador_coronel.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H26"/>
+  <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="137" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="197.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="204.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1326,147 +1380,255 @@
       </c>
       <c r="D23" t="s">
         <v>17</v>
       </c>
       <c r="E23" t="s">
         <v>18</v>
       </c>
       <c r="F23" t="s">
         <v>100</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>101</v>
       </c>
       <c r="H23" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>103</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
       <c r="D24" t="s">
-        <v>104</v>
+        <v>17</v>
       </c>
       <c r="E24" t="s">
+        <v>18</v>
+      </c>
+      <c r="F24" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>106</v>
       </c>
       <c r="H24" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>108</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>22</v>
+        <v>109</v>
       </c>
       <c r="D25" t="s">
-        <v>104</v>
+        <v>17</v>
       </c>
       <c r="E25" t="s">
-        <v>105</v>
+        <v>18</v>
       </c>
       <c r="F25" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H25" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
+        <v>114</v>
+      </c>
+      <c r="D26" t="s">
+        <v>17</v>
+      </c>
+      <c r="E26" t="s">
+        <v>18</v>
+      </c>
+      <c r="F26" t="s">
+        <v>105</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H26" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>117</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>10</v>
+      </c>
+      <c r="D27" t="s">
+        <v>118</v>
+      </c>
+      <c r="E27" t="s">
+        <v>119</v>
+      </c>
+      <c r="F27" t="s">
+        <v>100</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="H27" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>122</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D28" t="s">
+        <v>118</v>
+      </c>
+      <c r="E28" t="s">
+        <v>119</v>
+      </c>
+      <c r="F28" t="s">
+        <v>100</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H28" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>125</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
         <v>26</v>
       </c>
-      <c r="D26" t="s">
-[...12 lines deleted...]
-        <v>110</v>
+      <c r="D29" t="s">
+        <v>118</v>
+      </c>
+      <c r="E29" t="s">
+        <v>119</v>
+      </c>
+      <c r="F29" t="s">
+        <v>126</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H29" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>128</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>31</v>
+      </c>
+      <c r="D30" t="s">
+        <v>118</v>
+      </c>
+      <c r="E30" t="s">
+        <v>119</v>
+      </c>
+      <c r="F30" t="s">
+        <v>129</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="H30" t="s">
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>