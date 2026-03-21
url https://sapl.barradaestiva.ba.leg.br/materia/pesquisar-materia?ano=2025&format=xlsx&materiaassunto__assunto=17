--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -54,399 +54,399 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
     <t>Antônio Lopes, Gilson Dantas, Janiel Cordeiro, Jurandir Sena</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/132/emenda_ao_regimento_interno_no_001-2025.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/132/emenda_ao_regimento_interno_no_001-2025.pdf</t>
   </si>
   <si>
     <t>"Dá nova redação ao Art. 1º, Art. 77 e Art. 83 do Regimento Interno da Câmara Municipal de Barra da Estiva, e dá outras providências."</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/130/projeto_de_lei_ordinaria_municipal_no_001-2025_-_alteracao_da_lei_municipal_no_007-2022.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/130/projeto_de_lei_ordinaria_municipal_no_001-2025_-_alteracao_da_lei_municipal_no_007-2022.pdf</t>
   </si>
   <si>
     <t>"Dá nova redação ao art. 6º da Lei Ordinária Municipal nº 007/2022, e dá outras providências."</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/131/projeto_de_lei_ordinaria_municipal_no_002-2025_-_doacao_do_veiculo_ao_municipio.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/131/projeto_de_lei_ordinaria_municipal_no_002-2025_-_doacao_do_veiculo_ao_municipio.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização de doação e baixa de bem móvel pertencente ao patrimônio da Câmara Municipal de Barra da Estiva, estado da Bahia, e dá outras providências."</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Uilson Robson Silva Alves</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/133/projeto_de_lei_ordinaria_municipal_no_003-2025_-_contratacao_temporaria.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/133/projeto_de_lei_ordinaria_municipal_no_003-2025_-_contratacao_temporaria.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do Inciso IX, do Art. 37 da Constituição Federal, e dá outras providências."</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/134/projeto_de_lei_ordinaria_municipal_no_004-2025_-_autorizacao_de_convenios_e_contratos.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/134/projeto_de_lei_ordinaria_municipal_no_004-2025_-_autorizacao_de_convenios_e_contratos.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a firmar Contrato, Convênio, Termo de Confissão e Novação da Dívida com todas as Secretarias e Órgãos Federais, Estaduais e Municipais, bem como Empresas Privadas que prestem serviços públicos."</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_ordinaria_municipal_no_005-2025_-_complementacao_de_vencimentos_aos_servidores_de_enfermagem.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_ordinaria_municipal_no_005-2025_-_complementacao_de_vencimentos_aos_servidores_de_enfermagem.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a repassar parcelas de complementação do vencimento aos servidores públicos enfermeiros, técnicos de enfermagem, auxiliares de enfermagem e parteiras, quando houver, do município de Barra da Estiva, nos termos da Lei Federal 14434/2023, e dá outras providências."</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/136/projeto_de_lei_ordinaria_municipal_no_006-2025_-_convenio_da_filarmonica.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/136/projeto_de_lei_ordinaria_municipal_no_006-2025_-_convenio_da_filarmonica.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar Termo de Convênio para repasse de recursos financeiros à Associação Orquestra Filarmônica Lira 22 de Julho, e dá outras providências."</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/137/projeto_de_lei_ordinaria_municipal_no_007-2025_-_convenio_da_sociedade_espirita_bezerra_de_meneses.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/137/projeto_de_lei_ordinaria_municipal_no_007-2025_-_convenio_da_sociedade_espirita_bezerra_de_meneses.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar Termo de Convênio para repasse de recursos financeiros à Sociedade Espírita Bezerra de Meneses, e dá outras providências."</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_lei_ordinaria_municipal_no_008-2025_-_institui_os_componentes_municipais_do_sisan.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_lei_ordinaria_municipal_no_008-2025_-_institui_os_componentes_municipais_do_sisan.pdf</t>
   </si>
   <si>
     <t>"Institui os componentes Municipais do Sistema Nacional de Segurança Alimentar e Nutricional - SISAN, criado pela Lei Federal nº 11.346, de 15 de setembro de 2006, sendo o Conselho Municipal de Segurança Alimentar e Nutricional - CONSEA Municipal e a Câmara Intersetorial Municipal de Segurança Alimentar e Nutricional - CAISAN Municipal de Barra da Estiva, Bahia, institui a Conferência Municipal de Segurança Alimentar e Nutricional, e dá outras providências."</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_lei_ordinaria_municipal_no_009-2025_-_cria_o_programa_avanca_eja.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_lei_ordinaria_municipal_no_009-2025_-_cria_o_programa_avanca_eja.pdf</t>
   </si>
   <si>
     <t>"Cria o programa de fomento à Educação de Jovens e Adultos - AVANÇA EJA - autoriza a instituição de bolsa auxílio permanência, e dá outras providências."</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_lei_ordinaria_municipal_no_010-2025_-_autoriza_o_credito_especial.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_lei_ordinaria_municipal_no_010-2025_-_autoriza_o_credito_especial.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Chefe do Executivo a abrir crédito especial para os fins que indica, e dá outras providências."</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_ordinaria_municipal_no_011-2025_-_consorcio_da_saude_de_brumado.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_ordinaria_municipal_no_011-2025_-_consorcio_da_saude_de_brumado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a ratificação de alteração do contrato do Consórcio Público Interfederativo de Saúde da região de Brumado - BA."</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/142/projeto_de_lei_ordinaria_municipal_no_012-2025_-_ldo_2026.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/142/projeto_de_lei_ordinaria_municipal_no_012-2025_-_ldo_2026.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a elaboração da Lei de Diretrizes Orçamentárias - (LDO) de 2025, e dá outras providências."</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei_ordinaria_municipal_no_014-2025_-_prorroga_o_pme.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei_ordinaria_municipal_no_014-2025_-_prorroga_o_pme.pdf</t>
   </si>
   <si>
     <t>"Prorroga, até 31 de dezembro de 2025 a vigência do Plano Municipal de Educação, estabelecido pela Lei Municipal nº 003, de 14 de abril de 2014."</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_ordinaria_municipal_no_015-2025_-_doacao_do_veiculo_cronos_ao_municipio.docx</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_ordinaria_municipal_no_015-2025_-_doacao_do_veiculo_cronos_ao_municipio.docx</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Bito de Dai, Adílio Ribeiro, Antônio Lopes, Beiçola, Fabrício Viana, Gilson Dantas, Janiel Cordeiro, Jurandir Sena, Marlon da Academia, Naldo Novais, Rena</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_ordinaria_municipal_no_016-2025_-_alteracao_de_denominacao_de_rua.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_ordinaria_municipal_no_016-2025_-_alteracao_de_denominacao_de_rua.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração de denominação de Rua, no bairro Centro, na cidade de Barra da Estiva - BA, e dá outras providências."</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_ordinaria_municipal_no_017-2025_-_denominacao_de_quadra_no_pe_do_morro.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_ordinaria_municipal_no_017-2025_-_denominacao_de_quadra_no_pe_do_morro.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação da Quadra Poliesportiva, situada na localidade de Pé do Morro, nesse município de Barra da Estiva - BA, e dá outras providências."</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_ordinaria_municipal_no_019-2025_-_reestruturacao_organizacional_administrativa_do_municipio_de_barra_da_estiva.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_ordinaria_municipal_no_019-2025_-_reestruturacao_organizacional_administrativa_do_municipio_de_barra_da_estiva.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a reestruturação organizacional administrativa do município de Barra da Estiva, estado da Bahia, revoga as Leis nº 027/2022 e nº 006/2023, e dá outras providências."</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Antônio Lopes, Janiel Cordeiro, Jurandir Sena</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/154/projeto_de_lei_ordinaria_municipal_no_021-2025_-_denominacao_do_trecho_da_ba-ana_lucia.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/154/projeto_de_lei_ordinaria_municipal_no_021-2025_-_denominacao_do_trecho_da_ba-ana_lucia.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação de trecho pavimentado no eixo da BA - Ana Lúcia Aguiar Viana (BA-142), sentido ao município de Ituaçu - BA, situado no perímetro urbano do município de Barra da Estiva – BA, e dá outras providências.”</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/156/projeto_de_lei_ordinaria_municipal_no_023-2025_-_estrutura_administrativa_da_camara_municipal.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/156/projeto_de_lei_ordinaria_municipal_no_023-2025_-_estrutura_administrativa_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração na estruturação administrativa da Câmara Municipal de Barra da Estiva, estado da Bahia, e dá outras providências."</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/157/projeto_de_lei_ordinaria_municipal_no_024-2025_-_doacao_do_veiculo_cronos_ao_municipio.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/157/projeto_de_lei_ordinaria_municipal_no_024-2025_-_doacao_do_veiculo_cronos_ao_municipio.pdf</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Antônio Lopes, Gilson Dantas, Janiel Cordeiro, Marlon da Academia</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_ordinaria_municipal_no_025-2025_-_regulamenta_titulo_de_cidadao_e_benemerito.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_ordinaria_municipal_no_025-2025_-_regulamenta_titulo_de_cidadao_e_benemerito.pdf</t>
   </si>
   <si>
     <t>“Regulamenta a concessão de título de Cidadão Barra-estivense e Cidadão Benemérito a serem concedidos pelo Poder Legislativo Municipal, e dá outras providências.”</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Antônio Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_lei_ordinaria_municipal_no_028-2025_-_alteracao_de_denominacao_de_rua_no_centro_-_rua_fausto_caires.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_lei_ordinaria_municipal_no_028-2025_-_alteracao_de_denominacao_de_rua_no_centro_-_rua_fausto_caires.pdf</t>
   </si>
   <si>
     <t>"Altera a denominação da Avenida Durvalquíades Aguiar Caires, no bairro Centro, situado no perímetro urbano do Município, passando a ser denominada Rua Fausto Caires, e dá outras providências."</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Fabrício Viana, Janiel Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/165/projeto_de_lei_ordinaria_municipal_no_029-2025_-_alteracao_de_denominacao_de_rua_no_sao_felix_-_rua_decivaldo_cordeiro_caires.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/165/projeto_de_lei_ordinaria_municipal_no_029-2025_-_alteracao_de_denominacao_de_rua_no_sao_felix_-_rua_decivaldo_cordeiro_caires.pdf</t>
   </si>
   <si>
     <t>“Altera a denominação da Rua Duque de Caxias, no bairro São Félix, zona urbana do Município, passando a ser denominada Avenida Decivaldo Cordeiro Caires, e dá outras providências.”</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/166/projeto_de_lei_ordinaria_municipal_no_030-2025_-_alteracao_de_denominacao_de_rua_no_anel_viario_-_avenida_pericles_de_castro_pires.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/166/projeto_de_lei_ordinaria_municipal_no_030-2025_-_alteracao_de_denominacao_de_rua_no_anel_viario_-_avenida_pericles_de_castro_pires.pdf</t>
   </si>
   <si>
     <t>“Altera a denominação da Avenida Ires Vieira de Castro Pires, no trecho pavimentado da BA - Ana Lúcia Aguiar Viana, no perímetro urbano desse Município, passando a ser denominada Avenida Péricles de Castro Pires, e dá outras providências.”</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_no_001-2025_-_institui_o_codigo_de_etica_e_decoro_parlamentar.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_no_001-2025_-_institui_o_codigo_de_etica_e_decoro_parlamentar.pdf</t>
   </si>
   <si>
     <t>“Institui o Código de Ética e Decoro Parlamentar da Câmara Municipal de Barra da Estiva, estado da Bahia, estabelece normas disciplinares e procedimentais, e dá outras providências.”</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_resolucao_no_002-2025_-_institui_o_novo_regimento_interno_da_camara_municipal.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_resolucao_no_002-2025_-_institui_o_novo_regimento_interno_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>"Institui o Novo Regimento Interno da Câmara Municipal de Barra da Estiva – BA, e dá outras providências."</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>Antônio Lopes, Fabrício Viana, Janiel Cordeiro, Marlon da Academia</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_resolucao_no_003-2025_-_institui_o_novo_regimento_interno_da_camara_municipal.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_resolucao_no_003-2025_-_institui_o_novo_regimento_interno_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>Fabrício Viana</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/167/projeto_de_resolucao_no_004-2025_-_concesssao_de_titulo_de_cidadao_barra-estivense_ao_senador_coronel.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/167/projeto_de_resolucao_no_004-2025_-_concesssao_de_titulo_de_cidadao_barra-estivense_ao_senador_coronel.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão do Título de Cidadão Barra-estivense ao Exmo. Sr. Senador Angelo Mário Coronel de Azevedo Martins, e dá outras providências.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -753,68 +753,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/132/emenda_ao_regimento_interno_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/130/projeto_de_lei_ordinaria_municipal_no_001-2025_-_alteracao_da_lei_municipal_no_007-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/131/projeto_de_lei_ordinaria_municipal_no_002-2025_-_doacao_do_veiculo_ao_municipio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/133/projeto_de_lei_ordinaria_municipal_no_003-2025_-_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/134/projeto_de_lei_ordinaria_municipal_no_004-2025_-_autorizacao_de_convenios_e_contratos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_ordinaria_municipal_no_005-2025_-_complementacao_de_vencimentos_aos_servidores_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/136/projeto_de_lei_ordinaria_municipal_no_006-2025_-_convenio_da_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/137/projeto_de_lei_ordinaria_municipal_no_007-2025_-_convenio_da_sociedade_espirita_bezerra_de_meneses.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_lei_ordinaria_municipal_no_008-2025_-_institui_os_componentes_municipais_do_sisan.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_lei_ordinaria_municipal_no_009-2025_-_cria_o_programa_avanca_eja.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_lei_ordinaria_municipal_no_010-2025_-_autoriza_o_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_ordinaria_municipal_no_011-2025_-_consorcio_da_saude_de_brumado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/142/projeto_de_lei_ordinaria_municipal_no_012-2025_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei_ordinaria_municipal_no_014-2025_-_prorroga_o_pme.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_ordinaria_municipal_no_015-2025_-_doacao_do_veiculo_cronos_ao_municipio.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_ordinaria_municipal_no_016-2025_-_alteracao_de_denominacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_ordinaria_municipal_no_017-2025_-_denominacao_de_quadra_no_pe_do_morro.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_ordinaria_municipal_no_019-2025_-_reestruturacao_organizacional_administrativa_do_municipio_de_barra_da_estiva.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/154/projeto_de_lei_ordinaria_municipal_no_021-2025_-_denominacao_do_trecho_da_ba-ana_lucia.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/156/projeto_de_lei_ordinaria_municipal_no_023-2025_-_estrutura_administrativa_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/157/projeto_de_lei_ordinaria_municipal_no_024-2025_-_doacao_do_veiculo_cronos_ao_municipio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_ordinaria_municipal_no_025-2025_-_regulamenta_titulo_de_cidadao_e_benemerito.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_lei_ordinaria_municipal_no_028-2025_-_alteracao_de_denominacao_de_rua_no_centro_-_rua_fausto_caires.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/165/projeto_de_lei_ordinaria_municipal_no_029-2025_-_alteracao_de_denominacao_de_rua_no_sao_felix_-_rua_decivaldo_cordeiro_caires.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/166/projeto_de_lei_ordinaria_municipal_no_030-2025_-_alteracao_de_denominacao_de_rua_no_anel_viario_-_avenida_pericles_de_castro_pires.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_no_001-2025_-_institui_o_codigo_de_etica_e_decoro_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_resolucao_no_002-2025_-_institui_o_novo_regimento_interno_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_resolucao_no_003-2025_-_institui_o_novo_regimento_interno_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/167/projeto_de_resolucao_no_004-2025_-_concesssao_de_titulo_de_cidadao_barra-estivense_ao_senador_coronel.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/132/emenda_ao_regimento_interno_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/130/projeto_de_lei_ordinaria_municipal_no_001-2025_-_alteracao_da_lei_municipal_no_007-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/131/projeto_de_lei_ordinaria_municipal_no_002-2025_-_doacao_do_veiculo_ao_municipio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/133/projeto_de_lei_ordinaria_municipal_no_003-2025_-_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/134/projeto_de_lei_ordinaria_municipal_no_004-2025_-_autorizacao_de_convenios_e_contratos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_ordinaria_municipal_no_005-2025_-_complementacao_de_vencimentos_aos_servidores_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/136/projeto_de_lei_ordinaria_municipal_no_006-2025_-_convenio_da_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/137/projeto_de_lei_ordinaria_municipal_no_007-2025_-_convenio_da_sociedade_espirita_bezerra_de_meneses.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_lei_ordinaria_municipal_no_008-2025_-_institui_os_componentes_municipais_do_sisan.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_lei_ordinaria_municipal_no_009-2025_-_cria_o_programa_avanca_eja.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_lei_ordinaria_municipal_no_010-2025_-_autoriza_o_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_ordinaria_municipal_no_011-2025_-_consorcio_da_saude_de_brumado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/142/projeto_de_lei_ordinaria_municipal_no_012-2025_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei_ordinaria_municipal_no_014-2025_-_prorroga_o_pme.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_ordinaria_municipal_no_015-2025_-_doacao_do_veiculo_cronos_ao_municipio.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_ordinaria_municipal_no_016-2025_-_alteracao_de_denominacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_ordinaria_municipal_no_017-2025_-_denominacao_de_quadra_no_pe_do_morro.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_ordinaria_municipal_no_019-2025_-_reestruturacao_organizacional_administrativa_do_municipio_de_barra_da_estiva.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/154/projeto_de_lei_ordinaria_municipal_no_021-2025_-_denominacao_do_trecho_da_ba-ana_lucia.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/156/projeto_de_lei_ordinaria_municipal_no_023-2025_-_estrutura_administrativa_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/157/projeto_de_lei_ordinaria_municipal_no_024-2025_-_doacao_do_veiculo_cronos_ao_municipio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_ordinaria_municipal_no_025-2025_-_regulamenta_titulo_de_cidadao_e_benemerito.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_lei_ordinaria_municipal_no_028-2025_-_alteracao_de_denominacao_de_rua_no_centro_-_rua_fausto_caires.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/165/projeto_de_lei_ordinaria_municipal_no_029-2025_-_alteracao_de_denominacao_de_rua_no_sao_felix_-_rua_decivaldo_cordeiro_caires.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/166/projeto_de_lei_ordinaria_municipal_no_030-2025_-_alteracao_de_denominacao_de_rua_no_anel_viario_-_avenida_pericles_de_castro_pires.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_no_001-2025_-_institui_o_codigo_de_etica_e_decoro_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_resolucao_no_002-2025_-_institui_o_novo_regimento_interno_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_resolucao_no_003-2025_-_institui_o_novo_regimento_interno_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2025/167/projeto_de_resolucao_no_004-2025_-_concesssao_de_titulo_de_cidadao_barra-estivense_ao_senador_coronel.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="137" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="204.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="203.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>