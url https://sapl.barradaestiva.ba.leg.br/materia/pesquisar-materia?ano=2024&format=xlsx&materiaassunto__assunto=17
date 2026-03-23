--- v0 (2025-10-04)
+++ v1 (2026-03-23)
@@ -54,162 +54,162 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>João Machado Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/106/projeto_de_lei_no_001-2024_-_convenio_com_a_sociedade_espirita_beneficente_bezerra_de_meneses.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/106/projeto_de_lei_no_001-2024_-_convenio_com_a_sociedade_espirita_beneficente_bezerra_de_meneses.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar Termo de Convênio para repasse de recursos financeiros à Sociedade Espírita Beneficente Bezerra de Meneses, e dá outras providências."</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/107/projeto_de_lei_no_002-2024_-_convenio_com_a_filarmonica_lira_22_de_julho.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/107/projeto_de_lei_no_002-2024_-_convenio_com_a_filarmonica_lira_22_de_julho.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar Termo de Convênio para repasse de recursos financeiros à Associação Orquestra Filarmônica Lira 22 de Julho, e dá outras providências."</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/108/projeto_de_lei_no_003-2024_-_autorizacao_de_convenios_termos_de_confissao_e_contratos.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/108/projeto_de_lei_no_003-2024_-_autorizacao_de_convenios_termos_de_confissao_e_contratos.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar contratos, convênios, termo de confissão e novação de dívida com órgãos federais, estaduais e municipais, bem como empresas que prestem serviços públicos, e dá outras providências."</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/112/projeto_de_lei_no_007-2024_-_ldo_2025.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/112/projeto_de_lei_no_007-2024_-_ldo_2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as diretrizes para elaboração da Lei Orçamentária para o exercício financeiro de 2025, e dá outras providências."</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Bito de Dai</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/113/projeto_de_lei_no_008-2024_-_criacao_e_denominacao_do_bairro_salgadeira_e_suas_ruas.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/113/projeto_de_lei_no_008-2024_-_criacao_e_denominacao_do_bairro_salgadeira_e_suas_ruas.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação e denominação do bairro Salgadeira e suas Ruas, na sede do município de Barra da Estiva, estado da Bahia, com área de expansão urbana, e dá outras providências."</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/114/projeto_de_lei_no_009-2024_-_abertura_de_credito_adicional_especial.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/114/projeto_de_lei_no_009-2024_-_abertura_de_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>"Promove adequação orçamentária no âmbito do município de Barra da Estiva e autoriza a abertura de Crédito Adicional Especial ao Orçamento Anual de 2024 no valor de R$ 226.000,00 (duzentos e vinte e seis mil reais)."</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/116/projeto_de_lei_no_011-2024_-_exploracao_do_servico_de_radiodifusao_comunitaria.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/116/projeto_de_lei_no_011-2024_-_exploracao_do_servico_de_radiodifusao_comunitaria.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a exploração do serviço de radiodifusão comunitária sem fins lucrativos, emissora de baixa potência de 25 watts no município de Barra da Estiva - BA, e dá outras providências."</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/119/projeto_de_lei_no_013-2024_-_extincao_do_consorcio_publico_chapada_diamantina_sul.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/119/projeto_de_lei_no_013-2024_-_extincao_do_consorcio_publico_chapada_diamantina_sul.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a extinguir o Consórcio Público Intermunicipal de Desenvolvimento da Chapada Diamantina Sul, e dá outras providências."</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/120/projeto_de_lei_no_014-2024_-_plano_de_carreira_dos_agentes_comunitarios_e_combate_de_endemias.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/120/projeto_de_lei_no_014-2024_-_plano_de_carreira_dos_agentes_comunitarios_e_combate_de_endemias.pdf</t>
   </si>
   <si>
     <t>"Estabelece o Plano de cargos e carreiras, com instituição de carreira funcional, dos servidos públicos Agentes Comunitários de Saúde e Agentes de Combate às Endemias, lotados na Secretaria Municipal de Saúde do município de Barra da Estiva / BA."</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/121/projeto_de_lei_no_015-2024_-_plano_de_carreira_dos_agentes_comunitarios_e_combate_de_endemias.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/121/projeto_de_lei_no_015-2024_-_plano_de_carreira_dos_agentes_comunitarios_e_combate_de_endemias.pdf</t>
   </si>
   <si>
     <t>"Estabelece o Plano de Cargos e Carreiras, com instituição da carreira funcional, dos Servidores Públicos Agentes Comunitários de Saúde e Agentes de Combate às Endemias, lotados na Secretaria Municipal de Saúdo do município de Barra da Estiva/BA."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -516,68 +516,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/106/projeto_de_lei_no_001-2024_-_convenio_com_a_sociedade_espirita_beneficente_bezerra_de_meneses.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/107/projeto_de_lei_no_002-2024_-_convenio_com_a_filarmonica_lira_22_de_julho.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/108/projeto_de_lei_no_003-2024_-_autorizacao_de_convenios_termos_de_confissao_e_contratos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/112/projeto_de_lei_no_007-2024_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/113/projeto_de_lei_no_008-2024_-_criacao_e_denominacao_do_bairro_salgadeira_e_suas_ruas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/114/projeto_de_lei_no_009-2024_-_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/116/projeto_de_lei_no_011-2024_-_exploracao_do_servico_de_radiodifusao_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/119/projeto_de_lei_no_013-2024_-_extincao_do_consorcio_publico_chapada_diamantina_sul.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/120/projeto_de_lei_no_014-2024_-_plano_de_carreira_dos_agentes_comunitarios_e_combate_de_endemias.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/121/projeto_de_lei_no_015-2024_-_plano_de_carreira_dos_agentes_comunitarios_e_combate_de_endemias.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/106/projeto_de_lei_no_001-2024_-_convenio_com_a_sociedade_espirita_beneficente_bezerra_de_meneses.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/107/projeto_de_lei_no_002-2024_-_convenio_com_a_filarmonica_lira_22_de_julho.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/108/projeto_de_lei_no_003-2024_-_autorizacao_de_convenios_termos_de_confissao_e_contratos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/112/projeto_de_lei_no_007-2024_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/113/projeto_de_lei_no_008-2024_-_criacao_e_denominacao_do_bairro_salgadeira_e_suas_ruas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/114/projeto_de_lei_no_009-2024_-_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/116/projeto_de_lei_no_011-2024_-_exploracao_do_servico_de_radiodifusao_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/119/projeto_de_lei_no_013-2024_-_extincao_do_consorcio_publico_chapada_diamantina_sul.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/120/projeto_de_lei_no_014-2024_-_plano_de_carreira_dos_agentes_comunitarios_e_combate_de_endemias.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2024/121/projeto_de_lei_no_015-2024_-_plano_de_carreira_dos_agentes_comunitarios_e_combate_de_endemias.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="171.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="171" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="223.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>