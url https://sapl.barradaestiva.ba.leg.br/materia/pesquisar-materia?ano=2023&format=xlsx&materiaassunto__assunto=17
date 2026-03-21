--- v0 (2025-10-05)
+++ v1 (2026-03-21)
@@ -54,339 +54,339 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>João Machado Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_no_001-2023_-_extincao_de_cargos.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_no_001-2023_-_extincao_de_cargos.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Ordinária Municipal nº 026/2022, de 21 de dezembro de 2022, e dá outras providências."</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_no_002-2023_-_alteracao_da_estrutura_de_cargos_prefeitura.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_no_002-2023_-_alteracao_da_estrutura_de_cargos_prefeitura.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Ordinária Municipal nº 027/2022, de 21 de dezembro de 2022, e dá outras providências."</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_no_003-2023_-_convenio_com_a_filarmonica.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_no_003-2023_-_convenio_com_a_filarmonica.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar Termo de Convênio para repasse de recursos financeiros à Associação Orquestra Filarmônica Lira 22 de Julho, e dá outras providências."</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/77/projeto_de_lei_no_004-2023_-_convenio_com_o_lar_do_anciao.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/77/projeto_de_lei_no_004-2023_-_convenio_com_o_lar_do_anciao.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar Termo de Convênio para repasse de recursos financeiros à Sociedade Espírita Beneficente Bezerra de Meneses, e dá outras providências."</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/78/projeto_de_lei_no_005-2023_-_refis.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/78/projeto_de_lei_no_005-2023_-_refis.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa de Incentivo à Regularização Fiscal de Créditos da Fazenda Municipal - REFIS, e dá outras providências."</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/79/projeto_de_lei_no_006-2023_-_convenios_contratos_e_termos.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/79/projeto_de_lei_no_006-2023_-_convenios_contratos_e_termos.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar contratos, convênios, termo de confissão e novação de dívida com órgãos federais, estaduais e municipais, bem como empresas que prestem serviços públicos, e dá outras providências."</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/80/projeto_de_lei_no_007-2023_-_denominacao_da_creche_municipal.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/80/projeto_de_lei_no_007-2023_-_denominacao_da_creche_municipal.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação e a denominação da Creche Municipal, situada no bairro Diamante, na cidade de Barra da Estiva - BA, e dá outras providências correlatas."</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/86/projeto_de_lei_no_012-2023_-_concessao_de_diarias.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/86/projeto_de_lei_no_012-2023_-_concessao_de_diarias.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de diárias a Agentes Políticos e Servidores do município de Barra da Estiva - BA, e dá outras providências."</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>VALTER SILVA PEREIRA, Antônio Lopes, Beiçola, Bito de Dai, ELZITO FREITAS SILVA, Fabrício Viana, Jurandir Sena, Rena, SIMONE SILVA GONÇALVES DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_lei_no_013-2023_-_recomposicao_inflacionaria_dos_servidores_e_vereadores.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_lei_no_013-2023_-_recomposicao_inflacionaria_dos_servidores_e_vereadores.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a recomposição inflacionária das remunerações dos servidores públicos efetivos, comissionados, funções de confiança e dos subsídios dos agentes políticos do Poder Legislativo do município de Barra da Estiva – BA, e dá outras providências.”</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Antônio Lopes, Jurandir Sena, SIMONE SILVA GONÇALVES DE SOUSA, VALTER SILVA PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/88/projeto_de_lei_ordinaria_municipal_no_014-2023_-_estrutura_administrativa_da_camara_municipal.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/88/projeto_de_lei_ordinaria_municipal_no_014-2023_-_estrutura_administrativa_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração na estruturação administrativa da Câmara Municipal de Barra da Estiva, estado da Bahia, e dá outras providências."</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/89/projeto_de_lei_no_015-2023_-_extincao_do_consorcio_ciarc.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/89/projeto_de_lei_no_015-2023_-_extincao_do_consorcio_ciarc.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a extinguir o Consórcio Público com os Municípios pertencentes à Região do Alto do Rio de Contas - CIARC, e dá outras providências."</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/91/projeto_de_lei_no_017-2023_-_vantagem_dos_profissionais_de_enfermagem.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/91/projeto_de_lei_no_017-2023_-_vantagem_dos_profissionais_de_enfermagem.pdf</t>
   </si>
   <si>
     <t>"Autoriza a criação e concessão de vantagem pecuniária aos profissionais da enfermagem para fins de atingimento ao piso estabelecido na Lei Federal nº 14.434/22, e dá outras providências."</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_lei_no_019-2023_-_denominacao_do_auditorio.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_lei_no_019-2023_-_denominacao_do_auditorio.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação e denominação do Auditório pertencente ao Colégio Municipal Geração do Futuro, situada no bairro Alto da Barra, na cidade de Barra da Estiva - BA, e dá outras providências."</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_lei_no_020-2023_-_denominacao_de_praca_no_sao_felix.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_lei_no_020-2023_-_denominacao_de_praca_no_sao_felix.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação de Praça Pública, situada no bairro São Félix, na cidade de Barra da Estiva - BA, e dá outras providências correlatas."</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>VALTER SILVA PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/97/projeto_de_lei_no_021-2023_-_doacao_do_veiculo_da_camara_municipal.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/97/projeto_de_lei_no_021-2023_-_doacao_do_veiculo_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização de doação e baixa de bem móvel pertencente ao patrimônio da Câmara Municipal de Barra da Estiva, estado da Bahia, e dá outras providências."</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Antônio Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_no_022-2023_-_denominacao_do_cabe.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_no_022-2023_-_denominacao_do_cabe.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação do CABE - Centro Administrativo de Barra da Estiva, na cidade de Barra da Estiva - BA, e dá outras providências."</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Bito de Dai</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_no_023-2023_-_denominacao_do_ginasio_poliesportivo_de_gomes.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_no_023-2023_-_denominacao_do_ginasio_poliesportivo_de_gomes.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação do Ginásio Poliesportivo, no povoado do Gomes, nesse Município, e dá outras providências."</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Fabrício Viana</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_lei_no_024-2023_-_denominacao_do_cabe.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_lei_no_024-2023_-_denominacao_do_cabe.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação de rua, no bairro Cidade Nova, na cidade de Barra da Estiva - BA, e dá outras providências."</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>SIMONE SILVA GONÇALVES DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_lei_no_025-2023_-_denominacao_da_praca_publica_no_bairro_sao_felix.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_lei_no_025-2023_-_denominacao_da_praca_publica_no_bairro_sao_felix.pdf</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_lei_no_026-2023_-_denominacao_do_auditorio_da_escola_geracao_do_futuro.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_lei_no_026-2023_-_denominacao_do_auditorio_da_escola_geracao_do_futuro.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação e denominação do Auditório pertencente à Escola Municipal Geração do Futuro, situada no bairro Alto da Barra, na cidade de Barra da Estiva - BA, e dá outras providências correlatas."</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>VALTER SILVA PEREIRA, Antônio Lopes, Beiçola, Bito de Dai, ELZITO FREITAS SILVA, Jurandir Sena, Messias dos Morrinhos, Rena, SIMONE SILVA GONÇALVES DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_no_027-2023_-_retroativos_dos_vereadores.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_no_027-2023_-_retroativos_dos_vereadores.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização do pagamento de Despesas de Exercícios Anteriores - DEA, da Câmara Municipal de Barra da Estiva, estado da Bahia, e dá outras providências."</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_resolucao_no_001-2023_-_titulo_de_cidadao_-_dr._wilson_luiz_da_silva.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_resolucao_no_001-2023_-_titulo_de_cidadao_-_dr._wilson_luiz_da_silva.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão do Título de Cidadão Barra-estivense ao Ilmo. Sr. Dr. Wilson Luiz da Silva, e dá outras providências."</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>VALTER SILVA PEREIRA, Antônio Lopes, ELZITO FREITAS SILVA, Jurandir Sena, Rena</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/105/projeto_de_resolucao_no_002-2023_-_retroativos_dos_vereadores_e_ex-vereadores.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/105/projeto_de_resolucao_no_002-2023_-_retroativos_dos_vereadores_e_ex-vereadores.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização do pagamento de Despesas de Exercícios Anteriores - DEA, da Câmara Municipal de Barra da Estiva, estado da Bahia, e dá outras providências."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -693,68 +693,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_no_001-2023_-_extincao_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_no_002-2023_-_alteracao_da_estrutura_de_cargos_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_no_003-2023_-_convenio_com_a_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/77/projeto_de_lei_no_004-2023_-_convenio_com_o_lar_do_anciao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/78/projeto_de_lei_no_005-2023_-_refis.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/79/projeto_de_lei_no_006-2023_-_convenios_contratos_e_termos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/80/projeto_de_lei_no_007-2023_-_denominacao_da_creche_municipal.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/86/projeto_de_lei_no_012-2023_-_concessao_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_lei_no_013-2023_-_recomposicao_inflacionaria_dos_servidores_e_vereadores.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/88/projeto_de_lei_ordinaria_municipal_no_014-2023_-_estrutura_administrativa_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/89/projeto_de_lei_no_015-2023_-_extincao_do_consorcio_ciarc.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/91/projeto_de_lei_no_017-2023_-_vantagem_dos_profissionais_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_lei_no_019-2023_-_denominacao_do_auditorio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_lei_no_020-2023_-_denominacao_de_praca_no_sao_felix.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/97/projeto_de_lei_no_021-2023_-_doacao_do_veiculo_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_no_022-2023_-_denominacao_do_cabe.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_no_023-2023_-_denominacao_do_ginasio_poliesportivo_de_gomes.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_lei_no_024-2023_-_denominacao_do_cabe.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_lei_no_025-2023_-_denominacao_da_praca_publica_no_bairro_sao_felix.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_lei_no_026-2023_-_denominacao_do_auditorio_da_escola_geracao_do_futuro.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_no_027-2023_-_retroativos_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_resolucao_no_001-2023_-_titulo_de_cidadao_-_dr._wilson_luiz_da_silva.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/105/projeto_de_resolucao_no_002-2023_-_retroativos_dos_vereadores_e_ex-vereadores.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_no_001-2023_-_extincao_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_no_002-2023_-_alteracao_da_estrutura_de_cargos_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_no_003-2023_-_convenio_com_a_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/77/projeto_de_lei_no_004-2023_-_convenio_com_o_lar_do_anciao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/78/projeto_de_lei_no_005-2023_-_refis.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/79/projeto_de_lei_no_006-2023_-_convenios_contratos_e_termos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/80/projeto_de_lei_no_007-2023_-_denominacao_da_creche_municipal.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/86/projeto_de_lei_no_012-2023_-_concessao_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_lei_no_013-2023_-_recomposicao_inflacionaria_dos_servidores_e_vereadores.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/88/projeto_de_lei_ordinaria_municipal_no_014-2023_-_estrutura_administrativa_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/89/projeto_de_lei_no_015-2023_-_extincao_do_consorcio_ciarc.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/91/projeto_de_lei_no_017-2023_-_vantagem_dos_profissionais_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_lei_no_019-2023_-_denominacao_do_auditorio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_lei_no_020-2023_-_denominacao_de_praca_no_sao_felix.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/97/projeto_de_lei_no_021-2023_-_doacao_do_veiculo_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_no_022-2023_-_denominacao_do_cabe.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_no_023-2023_-_denominacao_do_ginasio_poliesportivo_de_gomes.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_lei_no_024-2023_-_denominacao_do_cabe.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_lei_no_025-2023_-_denominacao_da_praca_publica_no_bairro_sao_felix.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_lei_no_026-2023_-_denominacao_do_auditorio_da_escola_geracao_do_futuro.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_no_027-2023_-_retroativos_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_resolucao_no_001-2023_-_titulo_de_cidadao_-_dr._wilson_luiz_da_silva.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2023/105/projeto_de_resolucao_no_002-2023_-_retroativos_dos_vereadores_e_ex-vereadores.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="145.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="167" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="166.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="229.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>