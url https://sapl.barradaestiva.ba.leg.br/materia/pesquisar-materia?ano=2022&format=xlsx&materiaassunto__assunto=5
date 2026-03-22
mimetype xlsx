--- v0 (2025-10-04)
+++ v1 (2026-03-22)
@@ -54,150 +54,150 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>VALTER SILVA PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/54/indicacao_no_001-2022.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/54/indicacao_no_001-2022.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, João Machado Ribeiro, ouvido o Plenário, seja construído dois banheiros com acessibilidade na área de eventos da comunidade quilombola do Ginete, situada nesse Município.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/55/indicacao_no_002-2022.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/55/indicacao_no_002-2022.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, João Machado Ribeiro, ouvido o Plenário, sejam procedidos melhoramentos nas seguintes estradas vicinais: localidade de Córrego da Onça à localidade de Barragem; localidade de Recanto à localidade de Barragem; localidades de Bom Jardim, Limeira, Ribeirão, Baixa Grande, Peru e Juazeiro à BA-561. Também, sejam realizados os seguintes serviços: serviço de ampliação da ponte da estrada vicinal que dá acesso aos povoados de Jacu e Ginete e as localidades de Santo Antônio, Ibicuíba e adjacências e liga à BA-561; e serviço de ampliação da ponte da estrada vicinal que dá acesso aos povoados de Camulengo e Sincorá da Serra e as localidades de Barragem, Capão Dantas, Taboa e adjacências e liga à BA-561.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/56/indicacao_no_003-2022.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/56/indicacao_no_003-2022.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, João Machado Ribeiro, ouvido o Plenário, sejam procedidas melhorias de infraestrutura no povoado de Placa, situado nesse Município, com as seguintes ações: recuperação do piso e cobertura da quadra poliesportiva João Joaquim de Caires, situada no Centro Educacional Jerosmiro dos Santos Pereira; e pavimentação da rua que dá acesso à Igreja São Pedro e a construção da Praça Antônio Santos Pereira em frente à Igreja São Pedro.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>João Machado Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_no_012-2022_-_denominacao_de_ruas_do_bairro_centro_e_diamante.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_no_012-2022_-_denominacao_de_ruas_do_bairro_centro_e_diamante.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação e denominação de ruas nos bairros do Centro e no bairro Diamante, na sede do município de Barra da Estiva - Bahia, como área de expansão urbana e vetor de desenvolvimento, e dá outras providências."</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_de_lei_no_013-2022_-_denominacao_bairro_bela_vista_e_suas_ruas.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_de_lei_no_013-2022_-_denominacao_bairro_bela_vista_e_suas_ruas.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação e denominação do bairro Bela Vista e suas ruas, na sede do município de Barra da Estiva, estado da Bahia, conforme aprovação do Loteamento Bela Vista pelo Decreto nº 172/2021, e dá outras providências."</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Fabrício Viana</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/57/projeto_de_lei_ordinaria_municipal_no_016-2022_-_denominacao_de_trecho_da_placa.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/57/projeto_de_lei_ordinaria_municipal_no_016-2022_-_denominacao_de_trecho_da_placa.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação de trecho pavimentado na BA-561, situado no povoado de Placa, município de Barra da Estiva – BA, e dá outras providências correlatas.”</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_de_lei_ordinaria_municipal_no_017-2022_-_denominacao_de_rua_em_triunfo.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_de_lei_ordinaria_municipal_no_017-2022_-_denominacao_de_rua_em_triunfo.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação de Rua no Distrito de Triunfo do Sincorá, município de Barra da Estiva – BA, e dá outras providências correlatas.”</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>SIMONE SILVA GONÇALVES DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/66/projeto_de_lei_ordinaria_municipal_no_022-2022_-_denominacao_no_trecho_da_ba-142.docx</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/66/projeto_de_lei_ordinaria_municipal_no_022-2022_-_denominacao_no_trecho_da_ba-142.docx</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação de trecho em pavimentação no eixo da BA - Ana Lúcia Aguiar Viana (BA-142), situado no perímetro urbano do município de Barra da Estiva - BA, e dá outras providências correlatas."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -504,68 +504,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/54/indicacao_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/55/indicacao_no_002-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/56/indicacao_no_003-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_no_012-2022_-_denominacao_de_ruas_do_bairro_centro_e_diamante.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_de_lei_no_013-2022_-_denominacao_bairro_bela_vista_e_suas_ruas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/57/projeto_de_lei_ordinaria_municipal_no_016-2022_-_denominacao_de_trecho_da_placa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_de_lei_ordinaria_municipal_no_017-2022_-_denominacao_de_rua_em_triunfo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/66/projeto_de_lei_ordinaria_municipal_no_022-2022_-_denominacao_no_trecho_da_ba-142.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/54/indicacao_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/55/indicacao_no_002-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/56/indicacao_no_003-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_no_012-2022_-_denominacao_de_ruas_do_bairro_centro_e_diamante.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_de_lei_no_013-2022_-_denominacao_bairro_bela_vista_e_suas_ruas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/57/projeto_de_lei_ordinaria_municipal_no_016-2022_-_denominacao_de_trecho_da_placa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_de_lei_ordinaria_municipal_no_017-2022_-_denominacao_de_rua_em_triunfo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/66/projeto_de_lei_ordinaria_municipal_no_022-2022_-_denominacao_no_trecho_da_ba-142.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="158.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="157.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>