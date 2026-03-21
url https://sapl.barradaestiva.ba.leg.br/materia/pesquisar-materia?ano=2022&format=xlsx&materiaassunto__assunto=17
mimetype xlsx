--- v0 (2025-10-05)
+++ v1 (2026-03-21)
@@ -54,276 +54,276 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>Jurandir Sena</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/59/indicacao_no_001-2022.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/59/indicacao_no_001-2022.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, João Machado Ribeiro, ouvido o Plenário, sejam construídas as redes de esgotos na Rua Laudelino de Jesus e Rua Antônio Ferreira Gonçalves, situadas no bairro Alto México, nesse Município.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/60/indicacao_no_002-2022.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/60/indicacao_no_002-2022.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, João Machado Ribeiro, ouvido o Plenário, determinar ao setor competente que proceda o recapeamento asfáltico das ruas, avenidas e travessas na Sede do Município e ainda promova melhorias das ruas e travessas que não são pavimentadas com o encascalhamento.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_003-2022.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_003-2022.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, João Machado Ribeiro, ouvido o Plenário, determinar ao setor competente que proceda a manutenção e troca das lâmpadas dos postes de iluminação pública, na Sede e na Zona Rural do Município.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>João Machado Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/39/projeto_de_lei_no_001-2022_-_autoriza_firmar_contratos_convenios_e.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/39/projeto_de_lei_no_001-2022_-_autoriza_firmar_contratos_convenios_e.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a firmar contratos, convênios, termo de confissão e novação de dívida com órgãos federais, estaduais e municipais, bem como empresas que prestem serviços públicos, e dá outras providências.”</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/40/projeto_de_lei_no_002-2022_-_convenio_com_filarmonica.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/40/projeto_de_lei_no_002-2022_-_convenio_com_filarmonica.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a firmar Termo de Convênio para repasse de recursos financeiros à ASSOCIAÇÃO ORQUESTRA FILARMÔNICA LIRA 22 DE JULHO, e dá outras providências.”</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_no_003-2022_-_extincao_de_cargos.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_no_003-2022_-_extincao_de_cargos.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a extinção de cargos no âmbito da Administração Pública Municipal direta, e dá outras providências."</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_de_lei_no_004-2022_-_altera_a_estrutura_administrativa_da_prefeitura.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_de_lei_no_004-2022_-_altera_a_estrutura_administrativa_da_prefeitura.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a estrutura administrativa do município de Barra da Estiva, estado da Bahia, e dá outras providências."</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/43/projeto_de_lei_no_005-2022_-_convenio_sociedade_espirita_bezerra_de_meneses.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/43/projeto_de_lei_no_005-2022_-_convenio_sociedade_espirita_bezerra_de_meneses.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Convênio para repasse de recursos financeiros à Sociedade Espírita Beneficente Bezerra de Meneses, e dá outras providências.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>MESA DIRETORA - MD</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/44/projeto_de_lei_no_006-2022_-_protocolo_eletronico_digital.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/44/projeto_de_lei_no_006-2022_-_protocolo_eletronico_digital.pdf</t>
   </si>
   <si>
     <t>“Institui o Protocolo Eletrônico Digital – PED no SAPL da Câmara Municipal de Barra da Estiva – BA, e dá outras providências.”</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_de_lei_no_007-2022_-_operacao_de_credito_com_desenbahia.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_de_lei_no_007-2022_-_operacao_de_credito_com_desenbahia.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a contratar operação de crédito, oferecer garantias, e dá outras providências."</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/48/projeto_de_lei_no_010-2022_-_cessao_de_uso_de_bem_imovel.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/48/projeto_de_lei_no_010-2022_-_cessao_de_uso_de_bem_imovel.pdf</t>
   </si>
   <si>
     <t>"Autoriza o município de Barra da Estiva/BA dar em cessão de uso o bem imóvel que menciona, e dá outras providências."</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/49/projeto_de_lei_no_011-2022_-_denominacao_do_bairro_sao_jose_e_suas_ruas.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/49/projeto_de_lei_no_011-2022_-_denominacao_do_bairro_sao_jose_e_suas_ruas.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação e denominação do bairro São José e suas Ruas, na sede do município de Barra da Estiva, estado da Bahia, como área de expansão urbana, e dá outras providências."</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_no_012-2022_-_denominacao_de_ruas_do_bairro_centro_e_diamante.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_no_012-2022_-_denominacao_de_ruas_do_bairro_centro_e_diamante.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação e denominação de ruas nos bairros do Centro e no bairro Diamante, na sede do município de Barra da Estiva - Bahia, como área de expansão urbana e vetor de desenvolvimento, e dá outras providências."</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_de_lei_no_013-2022_-_denominacao_bairro_bela_vista_e_suas_ruas.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_de_lei_no_013-2022_-_denominacao_bairro_bela_vista_e_suas_ruas.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação e denominação do bairro Bela Vista e suas ruas, na sede do município de Barra da Estiva, estado da Bahia, conforme aprovação do Loteamento Bela Vista pelo Decreto nº 172/2021, e dá outras providências."</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>VALTER SILVA PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/63/projeto_de_lei_ordinaria_municipal_no_019-2022_-_denominacao_da_creche_municipal.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/63/projeto_de_lei_ordinaria_municipal_no_019-2022_-_denominacao_da_creche_municipal.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação e denominação da Creche Municipal, situada no bairro Alto México, na cidade de Barra da Estiva - BA, e dá outras providências correlatas."</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/67/projeto_de_lei_ordinaria_municipal_no_023-2022_-_recursos_ao_hospital.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/67/projeto_de_lei_ordinaria_municipal_no_023-2022_-_recursos_ao_hospital.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar Termo de Convênio para repasse de recursos financeiros à ASSOCIAÇÃO FILHAS DE SÃO CAMILO - HOSPITAL SUSY ZANFRETTA, e dá outras providências."</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/70/projeto_de_lei_ordinaria_municipal_no_026-2022_-_altera_a_lei_003-2022.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/70/projeto_de_lei_ordinaria_municipal_no_026-2022_-_altera_a_lei_003-2022.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Ordinária Municipal nº 003/2022, de 23 de fevereiro de 2022, e dá outras providências."</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/71/projeto_de_lei_ordinaria_municipal_no_027-2022_-_alteracao_da_estrutura_administrativa_da_prefeitura.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/71/projeto_de_lei_ordinaria_municipal_no_027-2022_-_alteracao_da_estrutura_administrativa_da_prefeitura.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Estrutura Administrativa do município de Barra da Estiva, estado da Bahia, e dá outras providências."</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>RAZÕES DO VETO</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/73/veto_a_lei_ordinaria_municipal_no_019-2022.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/73/veto_a_lei_ordinaria_municipal_no_019-2022.pdf</t>
   </si>
   <si>
     <t>Mensagem de Veto Total nº 01/2022 ao Projeto de Lei nº 019/2022.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -630,68 +630,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/59/indicacao_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/60/indicacao_no_002-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_003-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/39/projeto_de_lei_no_001-2022_-_autoriza_firmar_contratos_convenios_e.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/40/projeto_de_lei_no_002-2022_-_convenio_com_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_no_003-2022_-_extincao_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_de_lei_no_004-2022_-_altera_a_estrutura_administrativa_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/43/projeto_de_lei_no_005-2022_-_convenio_sociedade_espirita_bezerra_de_meneses.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/44/projeto_de_lei_no_006-2022_-_protocolo_eletronico_digital.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_de_lei_no_007-2022_-_operacao_de_credito_com_desenbahia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/48/projeto_de_lei_no_010-2022_-_cessao_de_uso_de_bem_imovel.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/49/projeto_de_lei_no_011-2022_-_denominacao_do_bairro_sao_jose_e_suas_ruas.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_no_012-2022_-_denominacao_de_ruas_do_bairro_centro_e_diamante.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_de_lei_no_013-2022_-_denominacao_bairro_bela_vista_e_suas_ruas.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/63/projeto_de_lei_ordinaria_municipal_no_019-2022_-_denominacao_da_creche_municipal.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/67/projeto_de_lei_ordinaria_municipal_no_023-2022_-_recursos_ao_hospital.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/70/projeto_de_lei_ordinaria_municipal_no_026-2022_-_altera_a_lei_003-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/71/projeto_de_lei_ordinaria_municipal_no_027-2022_-_alteracao_da_estrutura_administrativa_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/73/veto_a_lei_ordinaria_municipal_no_019-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/59/indicacao_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/60/indicacao_no_002-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_003-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/39/projeto_de_lei_no_001-2022_-_autoriza_firmar_contratos_convenios_e.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/40/projeto_de_lei_no_002-2022_-_convenio_com_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_no_003-2022_-_extincao_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_de_lei_no_004-2022_-_altera_a_estrutura_administrativa_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/43/projeto_de_lei_no_005-2022_-_convenio_sociedade_espirita_bezerra_de_meneses.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/44/projeto_de_lei_no_006-2022_-_protocolo_eletronico_digital.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_de_lei_no_007-2022_-_operacao_de_credito_com_desenbahia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/48/projeto_de_lei_no_010-2022_-_cessao_de_uso_de_bem_imovel.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/49/projeto_de_lei_no_011-2022_-_denominacao_do_bairro_sao_jose_e_suas_ruas.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_no_012-2022_-_denominacao_de_ruas_do_bairro_centro_e_diamante.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_de_lei_no_013-2022_-_denominacao_bairro_bela_vista_e_suas_ruas.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/63/projeto_de_lei_ordinaria_municipal_no_019-2022_-_denominacao_da_creche_municipal.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/67/projeto_de_lei_ordinaria_municipal_no_023-2022_-_recursos_ao_hospital.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/70/projeto_de_lei_ordinaria_municipal_no_026-2022_-_altera_a_lei_003-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/71/projeto_de_lei_ordinaria_municipal_no_027-2022_-_alteracao_da_estrutura_administrativa_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2022/73/veto_a_lei_ordinaria_municipal_no_019-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="172.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="171.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>