--- v0 (2025-10-06)
+++ v1 (2026-03-22)
@@ -54,219 +54,219 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t>VALTER SILVA PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/3/parecer_no_001-2021_-_comissao_permanente_de_fiscalizacao_-_justica_e_redacao.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/3/parecer_no_001-2021_-_comissao_permanente_de_fiscalizacao_-_justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>Parecer favorável ao Projeto de Lei nº 001/2021, de autoria do Poder Executivo Municipal, que “Autoriza o Poder Executivo Municipal a firmar Termo de Convênio para repasse de recursos financeiros à ASSOCIAÇÃO ORQUESTRA FILARMÔNICA LIRA 22 DE JULHO, e dá outras providências,” quanto à constitucionalidade, legalidade e juridicidade.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/4/parecer_no_002-2021_-_comissao_permanente_de_fiscalizacao_-_justica_e_redacao.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/4/parecer_no_002-2021_-_comissao_permanente_de_fiscalizacao_-_justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>Parecer favorável ao Projeto de Lei nº 002/2021, de autoria do Poder Executivo Municipal, que: “Institui o Programa de Incentivo à Regularização Fiscal de Créditos da Fazenda Municipal – REFIS, e dá outras providências,” porém SUPRIMINDO o art. 9º, quanto à constitucionalidade, legalidade e juridicidade.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/5/parecer_no_003-2021_-_comissao_permanente_de_fiscalizacao_-_justica_e_redacao.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/5/parecer_no_003-2021_-_comissao_permanente_de_fiscalizacao_-_justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>Parecer favorável ao Projeto de Lei nº 003/2021, de autoria do Poder Executivo Municipal, que: “Autoriza o Poder Executivo Municipal a firmar Termo de Convênio para repasse de recursos financeiros à SOCIEDADE ESPÍRITA BENEFICENTE BEZERRA DE MENESES, e dá outras providências,” quanto à constitucionalidade, legalidade e juridicidade.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/6/parecer_no_004-2021_-_comissao_permanente_de_fiscalizacao_-_justica_e_redacao.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/6/parecer_no_004-2021_-_comissao_permanente_de_fiscalizacao_-_justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>Parecer favorável ao Projeto de Emenda ao Regimento Interno nº 001/2021, de autoria da Mesa Diretora da Câmara Municipal, que “dá nova redação aos Artigos 1º, 77 e 83 do Regimento Interno da Câmara Municipal de Barra da Estiva, estado da Bahia, e dá outras providências,” quanto à constitucionalidade, legalidade e juridicidade.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei nº 004/2021, que dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - CACS/FUNDEB; revoga as Leis Municipais nº 002, de 19 de março de 2007 e nº 014, de 18 de agosto de 2008; e dá outras providências."</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/13/parecer_no_006-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/13/parecer_no_006-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei nº 005/2021, que “dispõe sobre as denominações dos Becos, na Sede do município de Barra da Estiva, estado da Bahia, e dá outras providências.”</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/14/parecer_no_007-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/14/parecer_no_007-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei nº 006/2021, que “reconhece a prática da atividade física e do exercício físico como essenciais para a saúde da população do município de Barra da Estiva, estado da Bahia, e declara a essencialidade dos estabelecimentos de prestação de serviços de educação física públicos ou privados como forma de prevenir doenças físicas e mentais no âmbito do Município, e dá outras providências.”</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Bô</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/15/parecer_no_008-2021_-_comissao_de_financas_orcamento_e_contas.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/15/parecer_no_008-2021_-_comissao_de_financas_orcamento_e_contas.pdf</t>
   </si>
   <si>
     <t>Processo TCM/BA nº 07079e20, acompanhado do Parecer Prévio que opina pela aprovação, porém com ressalvas, das contas da Prefeitura Municipal de Barra da Estiva, sob a responsabilidade do Sr. João Machado Ribeiro, relativas ao exercício financeiro de 2019.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/17/parecer_no_009-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/17/parecer_no_009-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>Mensagem de Veto ao Projeto de Lei Ordinária Municipal nº 006/2021.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/21/parecer_no_010-2021_-_comissao_de_financas_orcamentos_e_contas.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/21/parecer_no_010-2021_-_comissao_de_financas_orcamentos_e_contas.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Ordinária Municipal nº 007/2021, de autoria do Poder Executivo Municipal, que “dispõe sobre as diretrizes para elaboração da Lei Orçamentária para o exercício financeiro de 2022, e dá outras providências.”</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Jurandir Sena</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Ordinária Municipal nº 008/2021, de autoria do Poder Executivo Municipal, que “dispõe sobre alteração da Lei Municipal nº 013/2019, que aprovou o Plano Municipal de Educação do município de Barra da Estiva – Bahia, e dá outras providências.”</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/27/parecer_no_012-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/27/parecer_no_012-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Ordinária Municipal nº 010/2021, de autoria do Poder Executivo Municipal, que “autoriza o Poder Executivo Municipal a firmar contratos, convênios, termo de confissão e novação de dívida com órgãos federais, estaduais e municipais, bem como empresas que prestem serviços públicos, e dá outras providências.”</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/28/parecer_no_013-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/28/parecer_no_013-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Ordinária Municipal nº 009/2021, de autoria do Poder Executivo Municipal, que “ratifica Protocolo de Intenções para a constituição do Consórcio Público Intermunicipal de Desenvolvimento da Chapada Diamantina Sul.”</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/29/parecer_no_014-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/29/parecer_no_014-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Ordinária Municipal nº 011/2021, de autoria do Poder Executivo Municipal que “cria a Coordenadoria Municipal de Proteção e Defesa Civil (COMPDEC) do município de Barra da Estiva – Bahia, e dá outras providências.”</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/30/parecer_no_015-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/30/parecer_no_015-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Ordinária Municipal nº 012/2021, de autoria do vereador Jurandir Sena Silva e subscrito pelos demais vereadores, que “dispõe sobre a denominação de ruas no bairro Alto Alegre, no loteamento São Domingos, na sede do município de Barra da Estiva – BA, e dá outras providências correlatas.”</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/31/parecer_no_016-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/31/parecer_no_016-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Municipal nº 014/2021, de autoria do vereador Jurandir Sena Silva e subscrito pelos demais vereadores, que “dispõe sobre a denominação do bairro Alto México e as respectivas ruas, travessas e praças, situado na sede do município de Barra da Estiva – BA, e dá outras providências correlatas.”</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/33/parecer_no_017-2021_-_comissao_de_financas_orcamento_e_contas.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/33/parecer_no_017-2021_-_comissao_de_financas_orcamento_e_contas.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Municipal nº 013/2021, de autoria do Poder Executivo Municipal, que "dispõe sobre o Plano Plurianual para os exercícios financeiros de 2022 a 2025, e dá outras providências."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -573,68 +573,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/3/parecer_no_001-2021_-_comissao_permanente_de_fiscalizacao_-_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/4/parecer_no_002-2021_-_comissao_permanente_de_fiscalizacao_-_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/5/parecer_no_003-2021_-_comissao_permanente_de_fiscalizacao_-_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/6/parecer_no_004-2021_-_comissao_permanente_de_fiscalizacao_-_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/13/parecer_no_006-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/14/parecer_no_007-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/15/parecer_no_008-2021_-_comissao_de_financas_orcamento_e_contas.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/17/parecer_no_009-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/21/parecer_no_010-2021_-_comissao_de_financas_orcamentos_e_contas.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/27/parecer_no_012-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/28/parecer_no_013-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/29/parecer_no_014-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/30/parecer_no_015-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/31/parecer_no_016-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/33/parecer_no_017-2021_-_comissao_de_financas_orcamento_e_contas.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/3/parecer_no_001-2021_-_comissao_permanente_de_fiscalizacao_-_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/4/parecer_no_002-2021_-_comissao_permanente_de_fiscalizacao_-_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/5/parecer_no_003-2021_-_comissao_permanente_de_fiscalizacao_-_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/6/parecer_no_004-2021_-_comissao_permanente_de_fiscalizacao_-_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/13/parecer_no_006-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/14/parecer_no_007-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/15/parecer_no_008-2021_-_comissao_de_financas_orcamento_e_contas.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/17/parecer_no_009-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/21/parecer_no_010-2021_-_comissao_de_financas_orcamentos_e_contas.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/27/parecer_no_012-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/28/parecer_no_013-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/29/parecer_no_014-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/30/parecer_no_015-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/31/parecer_no_016-2021_-_comissao_permanente_de_fiscalizacao_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/33/parecer_no_017-2021_-_comissao_de_financas_orcamento_e_contas.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="151.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="151" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>