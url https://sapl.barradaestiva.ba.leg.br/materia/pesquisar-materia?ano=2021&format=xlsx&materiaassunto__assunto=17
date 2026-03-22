--- v0 (2025-12-07)
+++ v1 (2026-03-22)
@@ -54,207 +54,207 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Bô, Jurandir Sena, SIMONE SILVA GONÇALVES DE SOUSA, VALTER SILVA PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/10/projeto_de_lei_no_005-2021_-_denominacao_de_becos_na_sede_do_municipio.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/10/projeto_de_lei_no_005-2021_-_denominacao_de_becos_na_sede_do_municipio.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as denominações dos Becos, na Sede do município de Barra da Estiva, estado da Bahia, e dá outras providências.”</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>João Machado Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/</t>
   </si>
   <si>
     <t>"Ratifica Protocolo de Intenções para a constituição do Consórcio Público Intermunicipal de Desenvolvimento da Chapada Diamantina Sul."</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_lei_no_010-2021_-_convenios_contratos_e_termos.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_lei_no_010-2021_-_convenios_contratos_e_termos.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a firmar contratos, convênios, termo de confissão e novação de dívida com órgãos federais, estaduais e municipais, bem como empresas que prestem serviços públicos, e dá outras providências.”</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_no_011-2021_-_compdec_-_coordenadoria_municipal_de_protecao_e_defesa_civil.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_no_011-2021_-_compdec_-_coordenadoria_municipal_de_protecao_e_defesa_civil.pdf</t>
   </si>
   <si>
     <t>“Cria a Coordenadoria Municipal de Proteção e Defesa Civil (COMPDEC) do município de Barra da Estiva – Bahia, e dá outras providências.”</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Jurandir Sena, Antônio Lopes, Beiçola, Bito de Dai, Bô, ELZITO FREITAS SILVA, Fabrício Viana, Messias dos Morrinhos, Rena, SIMONE SILVA GONÇALVES DE SOUSA, VALTER SILVA PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_no_012-2021_-_denominacao_de_ruas_no_bairro_alto_alegre_no_loteamento_sao_domingos.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_no_012-2021_-_denominacao_de_ruas_no_bairro_alto_alegre_no_loteamento_sao_domingos.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação de ruas no bairro Alto Alegre, no loteamento São Domingos, na sede do município de Barra da Estiva – BA, e dá outras providências correlatas.”</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/25/projeto_de_lei_no_013-2021_-_ppa_-_2022-2025.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/25/projeto_de_lei_no_013-2021_-_ppa_-_2022-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Plano Plurianual para os exercícios financeiros de 2022 a 2025, e dá outras providências."</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_de_lei_ordinaria_municipal_no_014-2021_-_denominacao_do_bairro_alto_mexico_e_as_ruas.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_de_lei_ordinaria_municipal_no_014-2021_-_denominacao_do_bairro_alto_mexico_e_as_ruas.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação do bairro Alto México e as respectivas ruas, travessas e praças, situado na sede do município de Barra da Estiva – BA, e dá outras providências correlatas.”</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_ordinaria_municipal_no_015-2021_-_loa_2022.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_ordinaria_municipal_no_015-2021_-_loa_2022.pdf</t>
   </si>
   <si>
     <t>"Estima a receita e fixa a despesa do município de Barra da Estiva para o exercício de 2022."</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/35/projeto_de_lei_no_016-2021_-_gestao_de_abastecimento_de_agua_nas_localidade_rurais.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/35/projeto_de_lei_no_016-2021_-_gestao_de_abastecimento_de_agua_nas_localidade_rurais.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização do chefe do executivo municipal a delegar as ações de saneamento e gestão do abastecimento de água municipal nas localidades rurais do município de Barra da Estiva - Bahia, para a central de associações comunitárias para manutenção dos sistemas de saneamento - região de Caetité e suas associações filiadas, e dá outras providências."</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Bô, Jurandir Sena, Antônio Lopes, Beiçola, Bito de Dai, ELZITO FREITAS SILVA, Fabrício Viana, Messias dos Morrinhos, Rena, SIMONE SILVA GONÇALVES DE SOUSA, VALTER SILVA PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_no_017-2021_-_utilidade_publica_da_associacao_de_protetores_dos_animais.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_no_017-2021_-_utilidade_publica_da_associacao_de_protetores_dos_animais.pdf</t>
   </si>
   <si>
     <t>“Declara de Utilidade Pública Municipal a ASSOCIAÇÃO DE PROTETORES DOS ANIMAIS DE BARRA DA ESTIVA, e dá outras providências.”</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/37/projeto_de_lei_ordinaria_municipal_no_018-2021_-_politica_municipal_de_turismo.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/37/projeto_de_lei_ordinaria_municipal_no_018-2021_-_politica_municipal_de_turismo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação da Política Municipal de Turismo do município de Barra da Estiva, e dá outras providências."</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/38/projeto_de_lei_ordinaria_municipal_no_019-2021_-_plano_diretor_municipal_de_desenvolvimento_do_turismo.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/38/projeto_de_lei_ordinaria_municipal_no_019-2021_-_plano_diretor_municipal_de_desenvolvimento_do_turismo.pdf</t>
   </si>
   <si>
     <t>"Institui o Plano Diretor Municipal de Desenvolvimento do Turismo de Barra da Estiva, e dá outras providências."</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PERI</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA AO REGIMENTO INTERNO</t>
   </si>
   <si>
-    <t>https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_emenda_ao_regimento_interno_no_001-2021.pdf</t>
+    <t>http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_emenda_ao_regimento_interno_no_001-2021.pdf</t>
   </si>
   <si>
     <t>“Dá nova redação aos Artigos 1º, 77 e 83 do Regimento Interno da Câmara Municipal de Barra da Estiva, estado da Bahia, e dá outras providências.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -561,68 +561,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/10/projeto_de_lei_no_005-2021_-_denominacao_de_becos_na_sede_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_lei_no_010-2021_-_convenios_contratos_e_termos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_no_011-2021_-_compdec_-_coordenadoria_municipal_de_protecao_e_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_no_012-2021_-_denominacao_de_ruas_no_bairro_alto_alegre_no_loteamento_sao_domingos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/25/projeto_de_lei_no_013-2021_-_ppa_-_2022-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_de_lei_ordinaria_municipal_no_014-2021_-_denominacao_do_bairro_alto_mexico_e_as_ruas.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_ordinaria_municipal_no_015-2021_-_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/35/projeto_de_lei_no_016-2021_-_gestao_de_abastecimento_de_agua_nas_localidade_rurais.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_no_017-2021_-_utilidade_publica_da_associacao_de_protetores_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/37/projeto_de_lei_ordinaria_municipal_no_018-2021_-_politica_municipal_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/38/projeto_de_lei_ordinaria_municipal_no_019-2021_-_plano_diretor_municipal_de_desenvolvimento_do_turismo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_emenda_ao_regimento_interno_no_001-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/10/projeto_de_lei_no_005-2021_-_denominacao_de_becos_na_sede_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_lei_no_010-2021_-_convenios_contratos_e_termos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_no_011-2021_-_compdec_-_coordenadoria_municipal_de_protecao_e_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_no_012-2021_-_denominacao_de_ruas_no_bairro_alto_alegre_no_loteamento_sao_domingos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/25/projeto_de_lei_no_013-2021_-_ppa_-_2022-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_de_lei_ordinaria_municipal_no_014-2021_-_denominacao_do_bairro_alto_mexico_e_as_ruas.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_ordinaria_municipal_no_015-2021_-_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/35/projeto_de_lei_no_016-2021_-_gestao_de_abastecimento_de_agua_nas_localidade_rurais.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_no_017-2021_-_utilidade_publica_da_associacao_de_protetores_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/37/projeto_de_lei_ordinaria_municipal_no_018-2021_-_politica_municipal_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/38/projeto_de_lei_ordinaria_municipal_no_019-2021_-_plano_diretor_municipal_de_desenvolvimento_do_turismo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradaestiva.ba.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_emenda_ao_regimento_interno_no_001-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="163" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="177.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="177" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>